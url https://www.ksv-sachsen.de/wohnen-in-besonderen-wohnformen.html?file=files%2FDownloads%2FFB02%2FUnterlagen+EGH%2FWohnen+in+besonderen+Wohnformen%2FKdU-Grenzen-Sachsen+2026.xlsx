--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -18,94 +18,102 @@
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\FB2\FD 210\Bortfeld\Angemessenheitsgrenzen KdU\2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{76224939-92FB-4160-BC91-8D18A9DD0F2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E0493C8-D368-47DA-9FFD-53D818775ACE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2730" yWindow="2730" windowWidth="21600" windowHeight="11385" xr2:uid="{DB1CFDC3-9493-40D9-A59A-882B07F43100}"/>
+    <workbookView xWindow="5745" yWindow="225" windowWidth="21600" windowHeight="11385" xr2:uid="{DB1CFDC3-9493-40D9-A59A-882B07F43100}"/>
   </bookViews>
   <sheets>
     <sheet name="Landkreis Bautzen" sheetId="3" r:id="rId1"/>
     <sheet name="Erzgebirgskreis" sheetId="4" r:id="rId2"/>
     <sheet name="Landkreis Görlitz" sheetId="5" r:id="rId3"/>
     <sheet name="Landkreis Leipzig" sheetId="6" r:id="rId4"/>
     <sheet name="Landkreis Meißen" sheetId="11" r:id="rId5"/>
     <sheet name="Landkreis Mittelsachsen" sheetId="12" r:id="rId6"/>
     <sheet name="Landkreis Nordsachsen" sheetId="7" r:id="rId7"/>
     <sheet name="Landkreis Sächs.Schweiz Osterzg" sheetId="8" r:id="rId8"/>
     <sheet name="Vogtlandkreis" sheetId="9" r:id="rId9"/>
     <sheet name="Landkreis Zwickau" sheetId="10" r:id="rId10"/>
     <sheet name="Stadt Chemnitz" sheetId="14" r:id="rId11"/>
     <sheet name="Stadt Leipzig" sheetId="15" r:id="rId12"/>
     <sheet name="Stadt Dresden" sheetId="16" r:id="rId13"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C10" i="11" l="1"/>
+  <c r="C9" i="11"/>
+  <c r="C8" i="11"/>
+  <c r="C7" i="11"/>
+  <c r="C6" i="11"/>
+  <c r="C5" i="11"/>
+  <c r="C4" i="11"/>
+  <c r="C3" i="11"/>
   <c r="C3" i="3" l="1"/>
   <c r="C4" i="3"/>
   <c r="C5" i="3"/>
   <c r="C6" i="3"/>
   <c r="C7" i="3"/>
   <c r="C8" i="3"/>
   <c r="C9" i="3"/>
   <c r="C10" i="3"/>
   <c r="C11" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="76">
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Vergleichsraum 5</t>
@@ -1370,52 +1378,53 @@
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Vergleichsraum 7: </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Lommatzscher Pflege (Gem. Diera-Zehren (linkselbisch), Gem. Hirschstein, Gem. Käbschütztal, Gem. Klipphausen, Stadt Lommatzsch, Stadt Nossen, Gem. Stauchitz)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
+  <numFmts count="2">
     <numFmt numFmtId="8" formatCode="#,##0.00\ &quot;€&quot;;[Red]\-#,##0.00\ &quot;€&quot;"/>
+    <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1539,141 +1548,142 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="9" fontId="1" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="8" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
+    <xf numFmtId="9" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="8" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -1987,1078 +1997,1086 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{18BC3C17-2CA2-48A7-B4B6-A449D13437CC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="69.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="24" t="s">
         <v>73</v>
       </c>
-      <c r="B1" s="19">
+      <c r="B1" s="23">
         <v>2026</v>
       </c>
-      <c r="C1" s="19"/>
+      <c r="C1" s="23"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="20"/>
+      <c r="A2" s="24"/>
       <c r="B2" s="12">
         <v>1</v>
       </c>
-      <c r="C2" s="34" t="s">
+      <c r="C2" s="21" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>382.55</v>
       </c>
-      <c r="C3" s="35">
+      <c r="C3" s="22">
         <f t="shared" ref="C3:C11" si="0">B3*1.25</f>
         <v>478.1875</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>377.24</v>
       </c>
-      <c r="C4" s="35">
+      <c r="C4" s="22">
         <f t="shared" si="0"/>
         <v>471.55</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>390.63</v>
       </c>
-      <c r="C5" s="35">
+      <c r="C5" s="22">
         <f t="shared" si="0"/>
         <v>488.28750000000002</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>376.23</v>
       </c>
-      <c r="C6" s="35">
+      <c r="C6" s="22">
         <f t="shared" si="0"/>
         <v>470.28750000000002</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>389.22</v>
       </c>
-      <c r="C7" s="35">
+      <c r="C7" s="22">
         <f t="shared" si="0"/>
         <v>486.52500000000003</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="B8" s="32">
+      <c r="B8" s="19">
         <v>385.79</v>
       </c>
-      <c r="C8" s="35">
+      <c r="C8" s="22">
         <f t="shared" si="0"/>
         <v>482.23750000000001</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="32">
+      <c r="B9" s="19">
         <v>366.01</v>
       </c>
-      <c r="C9" s="35">
+      <c r="C9" s="22">
         <f t="shared" si="0"/>
         <v>457.51249999999999</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="32">
+      <c r="B10" s="19">
         <v>332.79</v>
       </c>
-      <c r="C10" s="35">
+      <c r="C10" s="22">
         <f t="shared" si="0"/>
         <v>415.98750000000001</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="19">
         <v>381.66</v>
       </c>
-      <c r="C11" s="35">
+      <c r="C11" s="22">
         <f t="shared" si="0"/>
         <v>477.07500000000005</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="92" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AD361704-9E82-4190-801E-A3BF732062A7}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="60.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>68</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>69</v>
       </c>
       <c r="B3" s="5">
         <v>362.51</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>453.14</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>70</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>350.49</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>438.11</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>352.48</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>440.6</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>72</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>357.85</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>447.31</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>366.83</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>458.54</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3EAC32BE-C870-49A3-85C0-0B2BDFC10C44}">
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>43</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="11" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
       <c r="B3" s="7">
         <v>381.08</v>
       </c>
       <c r="C3" s="7">
         <v>476.35</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{14E196C0-533D-426A-8D65-04255D9CA7E5}">
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>42</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="11">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="10"/>
       <c r="B3" s="7">
         <v>408.27</v>
       </c>
       <c r="C3" s="7">
         <v>510.34</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CAF3F58F-A45B-4601-8075-82086886030D}">
   <dimension ref="A1:C5"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>41</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="9"/>
       <c r="B3" s="7">
         <v>446.91</v>
       </c>
       <c r="C3" s="7">
         <v>558.64</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A47EE39A-FD1F-44C9-91AC-B5D33FDFF7FE}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="68.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>38</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>366.94</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>458.68</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>350.14</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>437.68</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>365.65</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>457.06</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>360.52</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>450.65</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>377.52</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>471.9</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DABFBE2-9170-42DD-A587-25A97B1E557E}">
   <dimension ref="A1:C13"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="57" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>37</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>393.46</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>491.83</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>364</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>455</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>363.38</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>454.23</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>399.37</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>499.21</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>383.96</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>479.95</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="B8" s="32">
+      <c r="B8" s="19">
         <v>364.15</v>
       </c>
-      <c r="C8" s="32">
+      <c r="C8" s="19">
         <v>455.19</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="B9" s="32">
+      <c r="B9" s="19">
         <v>383.59</v>
       </c>
-      <c r="C9" s="32">
+      <c r="C9" s="19">
         <v>479.49</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="B10" s="32">
+      <c r="B10" s="19">
         <v>377.45</v>
       </c>
-      <c r="C10" s="32">
+      <c r="C10" s="19">
         <v>471.81</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="B11" s="32">
+      <c r="B11" s="19">
         <v>376.7</v>
       </c>
-      <c r="C11" s="32">
+      <c r="C11" s="19">
         <v>470.88</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C02CE4EF-B51E-4997-859E-9F945A0883D3}">
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+      <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="55.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>39</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>372.29</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>465.36250000000001</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>429.04</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>536.30000000000007</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>408.62</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>510.77499999999998</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>376.78</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>470.97499999999997</v>
       </c>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>377.22</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>471.52500000000003</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="32">
+      <c r="B8" s="19">
         <v>388.58</v>
       </c>
-      <c r="C8" s="32">
+      <c r="C8" s="19">
         <v>485.72499999999997</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="B9" s="32">
+      <c r="B9" s="19">
         <v>389.01</v>
       </c>
-      <c r="C9" s="32">
+      <c r="C9" s="19">
         <v>486.26249999999999</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EE9CC88F-3D8F-49C0-A81F-38FABBD2BEC4}">
   <dimension ref="A1:C12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:A2"/>
+      <selection activeCell="F4" sqref="F4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="73.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="30"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="B3" s="32">
-[...3 lines deleted...]
-        <v>470.03</v>
+      <c r="B3" s="36">
+        <v>382.32</v>
+      </c>
+      <c r="C3" s="36">
+        <f>B3*1.25</f>
+        <v>477.9</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="B4" s="32">
-[...3 lines deleted...]
-        <v>480.41</v>
+      <c r="B4" s="36">
+        <v>387.66</v>
+      </c>
+      <c r="C4" s="36">
+        <f>B4*1.25</f>
+        <v>484.57500000000005</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>47</v>
       </c>
-      <c r="B5" s="32">
-[...3 lines deleted...]
-        <v>442.76</v>
+      <c r="B5" s="36">
+        <v>369.03</v>
+      </c>
+      <c r="C5" s="36">
+        <f>B5*1.25</f>
+        <v>461.28749999999997</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>48</v>
       </c>
-      <c r="B6" s="32">
-[...3 lines deleted...]
-        <v>520.21</v>
+      <c r="B6" s="36">
+        <v>423.47</v>
+      </c>
+      <c r="C6" s="36">
+        <f>B6*1.25</f>
+        <v>529.33750000000009</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>49</v>
       </c>
-      <c r="B7" s="32">
-[...3 lines deleted...]
-        <v>492.56</v>
+      <c r="B7" s="36">
+        <v>391.11</v>
+      </c>
+      <c r="C7" s="36">
+        <f>B7*1.25</f>
+        <v>488.88750000000005</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="55.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>50</v>
       </c>
-      <c r="B8" s="32">
-[...3 lines deleted...]
-        <v>422.74</v>
+      <c r="B8" s="36">
+        <v>388.2</v>
+      </c>
+      <c r="C8" s="36">
+        <f>B8*1.25</f>
+        <v>485.25</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="B9" s="32">
-[...3 lines deleted...]
-        <v>442.14</v>
+      <c r="B9" s="36">
+        <v>426.72</v>
+      </c>
+      <c r="C9" s="36">
+        <f>B9*1.25</f>
+        <v>533.40000000000009</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="3" t="s">
         <v>51</v>
       </c>
-      <c r="B10" s="32">
-[...3 lines deleted...]
-        <v>430.99</v>
+      <c r="B10" s="36">
+        <v>359.7</v>
+      </c>
+      <c r="C10" s="36">
+        <f>B10*1.25</f>
+        <v>449.625</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="C11" s="33"/>
+      <c r="C11" s="20"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8025D3E-7AB3-4132-BF9D-2C1DAE14BE63}">
   <dimension ref="A1:C9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="69" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="31" t="s">
         <v>52</v>
       </c>
-      <c r="B1" s="19">
+      <c r="B1" s="23">
         <v>2026</v>
       </c>
-      <c r="C1" s="19"/>
+      <c r="C1" s="23"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="31"/>
       <c r="B2" s="13">
         <v>1</v>
       </c>
       <c r="C2" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>394.57</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>493.21</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="75" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>53</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>375.84</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>469.8</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>379</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>473.75</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>380.89</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>476.11</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="3" t="s">
         <v>56</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>381.49</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>476.86</v>
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F65B4C9C-A35F-4002-BFBE-F34FE2157C42}">
   <dimension ref="A1:C66"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="67.7109375" style="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="26"/>
+      <c r="A2" s="33"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>58</v>
       </c>
       <c r="B3" s="7">
         <v>407.54</v>
       </c>
       <c r="C3" s="7">
         <v>509.43</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>23</v>
       </c>
       <c r="B4" s="7">
         <v>344.39</v>
       </c>
@@ -3385,219 +3403,219 @@
       <c r="C66" s="16"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{322DCBDA-8C98-450F-8E88-FC98F080F5F6}">
   <dimension ref="A1:C10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="77.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="27" t="s">
+      <c r="A1" s="34" t="s">
         <v>65</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="28"/>
+      <c r="A2" s="35"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>370.41</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>463.01</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>385.71</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>482.14</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>348.72</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>435.9</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>363.06</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>453.83</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B7" s="32">
+      <c r="B7" s="19">
         <v>361.6</v>
       </c>
-      <c r="C7" s="32">
+      <c r="C7" s="19">
         <v>452</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>64</v>
       </c>
-      <c r="B8" s="32">
+      <c r="B8" s="19">
         <v>299.55</v>
       </c>
-      <c r="C8" s="32">
+      <c r="C8" s="19">
         <v>374.44</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:C1"/>
     <mergeCell ref="A1:A2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{10A28F66-1FF8-4DAE-AF44-D5986BEA826B}">
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A1" s="21" t="s">
+      <c r="A1" s="25" t="s">
         <v>66</v>
       </c>
-      <c r="B1" s="23">
+      <c r="B1" s="27">
         <v>2026</v>
       </c>
-      <c r="C1" s="24"/>
+      <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.25">
-      <c r="A2" s="22"/>
+      <c r="A2" s="26"/>
       <c r="B2" s="8">
         <v>1</v>
       </c>
       <c r="C2" s="8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A3" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="B3" s="32">
+      <c r="B3" s="19">
         <v>308.79000000000002</v>
       </c>
-      <c r="C3" s="32">
+      <c r="C3" s="19">
         <v>385.99</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="B4" s="32">
+      <c r="B4" s="19">
         <v>307.95</v>
       </c>
-      <c r="C4" s="32">
+      <c r="C4" s="19">
         <v>384.94</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="60" x14ac:dyDescent="0.25">
       <c r="A5" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="B5" s="32">
+      <c r="B5" s="19">
         <v>316.01</v>
       </c>
-      <c r="C5" s="32">
+      <c r="C5" s="19">
         <v>395.01</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="45" x14ac:dyDescent="0.25">
       <c r="A6" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="32">
+      <c r="B6" s="19">
         <v>320.95</v>
       </c>
-      <c r="C6" s="32">
+      <c r="C6" s="19">
         <v>401.19</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">